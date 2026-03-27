--- v0 (2025-12-26)
+++ v1 (2026-03-27)
@@ -1,10486 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
-[...12 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
-[...10348 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <bookViews>
+    <workbookView xWindow="240" yWindow="75" windowWidth="20055" windowHeight="7935"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="124519"/>
+  <oleSize ref="A1"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+  <si>
+    <t>To resize chart data range, drag lower right corner of range.</t>
+  </si>
+  <si>
+    <t>Leher atas</t>
+  </si>
+  <si>
+    <t>Leher Bawah</t>
+  </si>
+  <si>
+    <t>Punggung</t>
+  </si>
+  <si>
+    <t>Pinggang</t>
+  </si>
+  <si>
+    <t>Bokong</t>
+  </si>
+  <si>
+    <t>Orang</t>
+  </si>
+  <si>
+    <t>Keluhan pada</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <fonts count="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="1">
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="12"/>
+        </left>
+        <right style="thin">
+          <color indexed="12"/>
+        </right>
+        <top style="thin">
+          <color indexed="12"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="12"/>
+        </bottom>
+      </border>
+    </dxf>
+  </dxfs>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+</styleSheet>
+</file>
+
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:B6" totalsRowShown="0" tableBorderDxfId="0">
+  <tableColumns count="2">
+    <tableColumn id="1" name="Keluhan pada"/>
+    <tableColumn id="2" name="Orang"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
@@ -10633,71 +397,156 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D8"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A8" sqref="A8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="11" customWidth="1"/>
+    <col min="2" max="4" width="10" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1">
+        <v>35</v>
+      </c>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1">
+        <v>30</v>
+      </c>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1">
+        <v>38</v>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1">
+        <v>34</v>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="1"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="B8" t="s">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>148</Lines>
-  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ADI WIRATMA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>